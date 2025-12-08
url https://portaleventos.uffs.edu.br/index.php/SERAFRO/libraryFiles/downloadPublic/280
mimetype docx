--- v0 (2025-11-05)
+++ v1 (2025-12-08)
@@ -21,55 +21,57 @@
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture" xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:lc="http://schemas.openxmlformats.org/drawingml/2006/lockedCanvas" xmlns:dgm="http://schemas.openxmlformats.org/drawingml/2006/diagram" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns="http://schemas.microsoft.com/office/tasks/2019/documenttasks" xmlns:cr="http://schemas.microsoft.com/office/comments/2020/reactions">
   <w:body>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000001">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distB="114300" distT="114300" distL="114300" distR="114300">
             <wp:extent cx="6346988" cy="1905000"/>
             <wp:effectExtent b="0" l="0" r="0" t="0"/>
             <wp:docPr id="1" name="image1.png"/>
             <a:graphic>
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic>
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="image1.png"/>
                     <pic:cNvPicPr preferRelativeResize="0"/>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId7"/>
                     <a:srcRect b="0" l="0" r="0" t="0"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6346988" cy="1905000"/>
                     </a:xfrm>
@@ -85,116 +87,122 @@
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000002">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000003">
       <w:pPr>
         <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Orientações gerais para as pessoas apresentadoras</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000004">
       <w:pPr>
         <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000005">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Da apresentação</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000006">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="1"/>
         </w:numPr>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Exposição em até 10 minutos;</w:t>
@@ -223,5351 +231,4264 @@
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000008">
       <w:pPr>
         <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000009">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="2"/>
         </w:numPr>
         <w:spacing w:after="0" w:afterAutospacing="0" w:line="360" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Da publicação nos Anais </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000A">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="3"/>
         </w:numPr>
         <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Enviar o texto corrigido e em PDF até o dia 15 de dezembro.</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000B">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000C">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000D">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="30"/>
           <w:szCs w:val="30"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Cronograma de apresentações</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000E">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="140" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:br w:type="textWrapping"/>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">D</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">ata:</w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> 13/11/2025 </w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000000F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="140" w:before="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Horário: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
           <w:smallCaps w:val="0"/>
           <w:strike w:val="0"/>
           <w:color w:val="000000"/>
           <w:sz w:val="26"/>
           <w:szCs w:val="26"/>
           <w:u w:val="none"/>
           <w:shd w:fill="auto" w:val="clear"/>
           <w:vertAlign w:val="baseline"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">19h às 21h</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000010">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...12 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:spacing w:after="140" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000011">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...12 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:spacing w:after="140" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Mediação: Prof. Renan Matos e Prof.ª Naira Mohr</w:t>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000012">
       <w:pPr>
-        <w:keepNext w:val="0"/>
-[...12 lines deleted...]
-        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:spacing w:after="140" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve">Google Meet - sala: </w:t>
       </w:r>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
           <w:color w:val="222222"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:highlight w:val="white"/>
           <w:rtl w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId8">
         <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
           <w:rPr>
             <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
             <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
             <w:color w:val="1155cc"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:highlight w:val="white"/>
             <w:u w:val="single"/>
             <w:rtl w:val="0"/>
           </w:rPr>
           <w:t xml:space="preserve">https://meet.google.com/oyt-tnuj-sgc</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Table1"/>
-        <w:tblW w:w="9630.0" w:type="dxa"/>
-[...2397 lines deleted...]
-        <w:tblStyle w:val="Table2"/>
         <w:tblW w:w="9975.0" w:type="dxa"/>
         <w:jc w:val="left"/>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1380"/>
         <w:gridCol w:w="3645"/>
         <w:gridCol w:w="3390"/>
         <w:gridCol w:w="1560"/>
         <w:tblGridChange w:id="0">
           <w:tblGrid>
             <w:gridCol w:w="1380"/>
             <w:gridCol w:w="3645"/>
             <w:gridCol w:w="3390"/>
             <w:gridCol w:w="1560"/>
           </w:tblGrid>
         </w:tblGridChange>
       </w:tblGrid>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000013">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Ordem de apresentação</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000014">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Título</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000015">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Autoria</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000016">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Data</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000017">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=kix.39aptulymge0" w:id="0"/>
+          <w:bookmarkEnd w:id="0"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000018">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DA COR DA PELE À COR DA TERRA: PLURALIDADE E PERTENCIMENTO NA EDUCAÇÃO INFANTIL. ENTRE A MATERIALIDADE DA COR E A CONSTRUÇÃO DA HUMANIDADE </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=kix.4zsb4d96cv3r" w:id="1"/>
+          <w:bookmarkEnd w:id="1"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000019">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Leila Frigo Bet</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001A">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rozinei Forquezato</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001B">
+            <w:pPr>
+              <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:br w:type="textWrapping"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001C">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13/11/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=kix.v75xlyos25co" w:id="2"/>
+          <w:bookmarkEnd w:id="2"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001E">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A EDUCAÇÃO ÉTNICO-RACIAL E O DOCUMENTO ORIENTADOR CURRICULAR:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000001F">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A (IN)VISIBILIDADE DA HISTÓRIA DE NEGROS E NEGRAS NO MUNICÍPIO DE ERECHIM</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=kix.1uon941giqm5" w:id="3"/>
+          <w:bookmarkEnd w:id="3"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000020">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Daniella Quintus</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000021">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Renan dos Santos Mattos</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000022">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13/11/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000023">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=kix.fkz53kcwiqpb" w:id="4"/>
+          <w:bookmarkEnd w:id="4"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000024">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">O USO DE LIVROS INFANTIS COM PERSONAGEM NEGROS COMO FERRAMENTA DE COMBATE AO PRECONCEITO RACIAL NA EDUCAÇÃO INFANTIL E NAS SÉRIES INICIAIS: UM RELATO DE EXPERIÊNCIA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=kix.g21i2hbeta0k" w:id="5"/>
+          <w:bookmarkEnd w:id="5"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000025">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Luciana da Veiga </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000026">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000027">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13/11/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000028">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=kix.cot6swfnlf5" w:id="6"/>
+          <w:bookmarkEnd w:id="6"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000029">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">COLONIALIDADE E FORMAÇÃO DOCENTE: AS LICENCIATURAS EM HISTÓRIA DO BRASIL MERIDIONAL</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=kix.tb5lnj3gehm2" w:id="7"/>
+          <w:bookmarkEnd w:id="7"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002A">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Guilherme José Schons </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002B">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002C">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13/11/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002D">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=kix.5vxa12yqj2gw" w:id="8"/>
+          <w:bookmarkEnd w:id="8"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002E">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ONDE A BOLA ROLA, A MEMÓRIA VIVE:</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000002F">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">O CLUBE 13 DE MAIO DE ERECHIM COMO ESPAÇO DE RESISTÊNCIA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=kix.uf0fzguxy7hy" w:id="9"/>
+          <w:bookmarkEnd w:id="9"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000030">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Rafaela Pasquali</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000031">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gerson Wasen Fraga</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000032">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13/11/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:trHeight w:val="1459" w:hRule="atLeast"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000033">
+            <w:pPr>
+              <w:widowControl w:val="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=kix.d8xrjwah9e0z" w:id="10"/>
+          <w:bookmarkEnd w:id="10"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000034">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FORAM 20 ANOS PRA EU ME ACHAR LINDA: O PESO DA BRASILIDADE SOBRE A IDENTIDADE DA MULHER NEGRA BRASILEIRA </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=kix.2ajkdf3pqi89" w:id="11"/>
+          <w:bookmarkEnd w:id="11"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000035">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Débora Maria Rodrigues de Morais</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000036">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carolina da Silva Oliveira</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000037">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Alice da Silva Soares</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000038">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">13/11/2025</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000039">
+      <w:pPr>
+        <w:spacing w:after="140" w:line="276" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003A">
+      <w:pPr>
+        <w:spacing w:after="140" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Data: 14/11/2025 </w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003B">
+      <w:pPr>
+        <w:spacing w:after="140" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Horário: 19h às 21h</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003C">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="140" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003D">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="140" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mediação: Prof. Renan Matos e Prof.ª Naira Mohr</w:t>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003E">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="140" w:before="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Google Meet - sala: </w:t>
+      </w:r>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="white"/>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9">
+        <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+          <w:rPr>
+            <w:rFonts w:ascii="Arial" w:cs="Arial" w:eastAsia="Arial" w:hAnsi="Arial"/>
+            <w:b w:val="1"/>
+            <w:bCs w:val="1"/>
+            <w:color w:val="1155cc"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+            <w:highlight w:val="white"/>
+            <w:u w:val="single"/>
+            <w:rtl w:val="0"/>
+          </w:rPr>
+          <w:t xml:space="preserve">https://meet.google.com/oyt-tnuj-sgc</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="Table2"/>
+        <w:tblW w:w="9630.0" w:type="dxa"/>
+        <w:jc w:val="left"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="0000"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="1365"/>
+        <w:gridCol w:w="3615"/>
+        <w:gridCol w:w="3210"/>
+        <w:gridCol w:w="1440"/>
+        <w:tblGridChange w:id="0">
+          <w:tblGrid>
+            <w:gridCol w:w="1365"/>
+            <w:gridCol w:w="3615"/>
+            <w:gridCol w:w="3210"/>
+            <w:gridCol w:w="1440"/>
+          </w:tblGrid>
+        </w:tblGridChange>
+      </w:tblGrid>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000003F">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Ordem de apresentação</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000040">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Título</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000041">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Autoria</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:top w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000042">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">Data</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000043">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=id.dr2p7wtyfzid" w:id="11"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000044">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">PRÁTICAS LITERÁRIAS PARA UMA EDUCAÇÃO ÉTNICO-RACIAL NA ESCOLA: DIÁLOGOS COM POESIA E OBRAS DE ARTE</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000045">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=id.zdv8kasagb7j" w:id="12"/>
+          <w:bookmarkEnd w:id="12"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000046">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="0"/>
-[...40 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Edinéia Cadore Pozzo Broetto</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000047">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="0"/>
-[...29 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Érica Camila Squerzzato</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000048">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14/11/2025</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000049">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=id.jmcwp83s0d77" w:id="13"/>
+          <w:bookmarkEnd w:id="13"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004A">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...12 lines deleted...]
-          </w:p>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">EDUCAÇÃO PELA TRADIÇÃO: LITERATURAS DO BOI BUMBÁ E A DINAMICIDADE PEDAGÓGICA</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=id.jbyxyee0r7ee" w:id="14"/>
+          <w:bookmarkEnd w:id="14"/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carina Wolf Durigon de Santi</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Luana Azevedo Rodrigues</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Raquieli Mores de Oliveira</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14/11/2025</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=id.6bqnvbm8gi9q" w:id="15"/>
+          <w:bookmarkEnd w:id="15"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">DOCÊNCIA ANTIRRACISTA: ALFABETIZAÇÃO E LETRAMENTO PELO VIÉS DOS DITADOS POPULARES</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...4 lines deleted...]
-                <w:szCs w:val="22"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004C">
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=id.nliwj9b9d2sz" w:id="16"/>
+          <w:bookmarkEnd w:id="16"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="0"/>
-[...15 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Diones Dal Pivo da Silva</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Juliete Zimmer Frigo</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000054">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">14/11/2025</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004D">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000055">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:i w:val="0"/>
-[...23 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004E">
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=id.8pvlb9gl2583" w:id="17"/>
+          <w:bookmarkEnd w:id="17"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000056">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">RELAÇÕES ÉTNICOS-RACIAIS NA INFÂNCIA: OS JOGOS POPULARES COMO ESTRATÉGIA PEDAGÓGICA DE COOPERAÇÃO E EMPATIA NO AMBIENTE ESCOLAR </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=id.q7390obpuy9a" w:id="18"/>
+          <w:bookmarkEnd w:id="18"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000057">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Jéssica Gorlin </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000058">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14/11/2025</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005A">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=id.2vddfic1rqve" w:id="19"/>
+          <w:bookmarkEnd w:id="19"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005B">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FORMAÇÃO CONTINUADA E EDUCAÇÃO PARA AS RELAÇÕES ÉTNICO-RACIAIS: PONDERAÇÕES SOBRE AUTORIA E IDENTIDADE DOCENTE </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005C">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=id.x8qbn9cjp4qb" w:id="20"/>
+          <w:bookmarkEnd w:id="20"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005D">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="0"/>
-[...29 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000004F">
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Claucí Corradi Zanesco</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005E">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Lucimara Frigo Machado</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000005F">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000060">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">14/11/2025</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr>
+          <w:cantSplit w:val="0"/>
+          <w:tblHeader w:val="0"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000061">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="1"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6</w:t>
+            </w:r>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=id.3ksg14nhojhg" w:id="21"/>
+          <w:bookmarkEnd w:id="21"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000062">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="1"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
                 <w:smallCaps w:val="0"/>
                 <w:strike w:val="0"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:u w:val="none"/>
                 <w:shd w:fill="auto" w:val="clear"/>
                 <w:vertAlign w:val="baseline"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="0"/>
-                <w:i w:val="0"/>
-[...10 lines deleted...]
-              <w:t xml:space="preserve">A (IN)VISIBILIDADE DA HISTÓRIA DE NEGROS E NEGRAS NO MUNICÍPIO DE ERECHIM</w:t>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">O GRAFISMO INFANTIL: VIVÊNCIAS COM A ARTE NA EDUCAÇÃO PARA AS RELAÇÕES ÉTNICO-RACIAIS </w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000063">
+            <w:pPr>
+              <w:keepNext w:val="0"/>
+              <w:keepLines w:val="0"/>
+              <w:pageBreakBefore w:val="0"/>
+              <w:widowControl w:val="0"/>
+              <w:pBdr>
+                <w:top w:space="0" w:sz="0" w:val="nil"/>
+                <w:left w:space="0" w:sz="0" w:val="nil"/>
+                <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+                <w:right w:space="0" w:sz="0" w:val="nil"/>
+                <w:between w:space="0" w:sz="0" w:val="nil"/>
+              </w:pBdr>
+              <w:shd w:fill="auto" w:val="clear"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
+              <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=id.i8buygb0ff0c" w:id="14"/>
-[...1 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000050">
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=id.trgbu8cdwzbp" w:id="22"/>
+          <w:bookmarkEnd w:id="22"/>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000064">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="0"/>
-[...29 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000051">
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Carla Simone Kirsten Kerber</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000065">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="1"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="0"/>
-[...38 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000052">
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Claudenice Fernandes Borges Scariot</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000066">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
-              <w:widowControl w:val="1"/>
+              <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
-              <w:spacing w:after="0" w:before="0" w:line="288" w:lineRule="auto"/>
+              <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
-                <w:b w:val="0"/>
-[...15 lines deleted...]
-                <w:szCs w:val="20"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000067">
+            <w:pPr>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:i w:val="0"/>
+                <w:iCs w:val="0"/>
+                <w:smallCaps w:val="0"/>
+                <w:strike w:val="0"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="none"/>
+                <w:shd w:fill="auto" w:val="clear"/>
+                <w:vertAlign w:val="baseline"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">14/11/2025</w:t>
             </w:r>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rtl w:val="0"/>
               </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr>
           <w:cantSplit w:val="0"/>
           <w:tblHeader w:val="0"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000053">
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000068">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:i w:val="0"/>
-[...7 lines deleted...]
-                <w:vertAlign w:val="baseline"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:i w:val="0"/>
-[...299 lines deleted...]
-          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000059">
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7</w:t>
+            </w:r>
+          </w:p>
+          <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000069">
             <w:pPr>
               <w:keepNext w:val="0"/>
               <w:keepLines w:val="0"/>
               <w:pageBreakBefore w:val="0"/>
               <w:widowControl w:val="0"/>
               <w:pBdr>
                 <w:top w:space="0" w:sz="0" w:val="nil"/>
                 <w:left w:space="0" w:sz="0" w:val="nil"/>
                 <w:bottom w:space="0" w:sz="0" w:val="nil"/>
                 <w:right w:space="0" w:sz="0" w:val="nil"/>
                 <w:between w:space="0" w:sz="0" w:val="nil"/>
               </w:pBdr>
               <w:shd w:fill="auto" w:val="clear"/>
               <w:spacing w:after="0" w:before="0" w:line="240" w:lineRule="auto"/>
               <w:ind w:left="0" w:right="0" w:firstLine="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
                 <w:b w:val="1"/>
-                <w:i w:val="0"/>
-[...920 lines deleted...]
-          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=id.l852x4vzx6ve" w:id="23"/>
+                <w:bCs w:val="1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcBorders>
+              <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+              <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=kix.4c44yp1rrfm4" w:id="23"/>
           <w:bookmarkEnd w:id="23"/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006A">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">FORAM 20 ANOS PRA EU ME ACHAR LINDA: O PESO DA BRASILIDADE SOBRE A IDENTIDADE DA MULHER NEGRA BRASILEIRA </w:t>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">POR UMA ESCOLA ANTIRRACISTA: A ATUAÇÃO DO GESTOR NA DESCONSTRUÇÃO DE ESTERIÓTIPOS E NA RECONSTRUÇÃO DE ESPAÇOS DEMOCRÁTICOS</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=id.utonhej8iakh" w:id="24"/>
+          <w:bookmarkStart w:colFirst="0" w:colLast="0" w:name="bookmark=kix.495wuo5vra8v" w:id="24"/>
           <w:bookmarkEnd w:id="24"/>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006B">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">Débora Maria Rodrigues de Morais</w:t>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Edineia Aparecida Zeni Lazzarotto</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006C">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">Carolina da Silva Oliveira</w:t>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:rtl w:val="0"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Marli Teresinha Dal Bello Franck</w:t>
             </w:r>
           </w:p>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006D">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">Alice da Silva Soares</w:t>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rtl w:val="0"/>
+              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcBorders>
               <w:left w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:bottom w:color="000000" w:space="0" w:sz="4" w:val="single"/>
               <w:right w:color="000000" w:space="0" w:sz="4" w:val="single"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006E">
             <w:pPr>
-              <w:keepNext w:val="0"/>
-[...32 lines deleted...]
-                <w:szCs w:val="20"/>
+              <w:spacing w:line="288" w:lineRule="auto"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+              <w:rPr>
+                <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
                 <w:rtl w:val="0"/>
               </w:rPr>
               <w:t xml:space="preserve">14/11/2025</w:t>
-            </w:r>
-[...3 lines deleted...]
-              </w:rPr>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="0000006F">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="140" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0" w:firstLine="0"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:rFonts w:ascii="Liberation Serif" w:cs="Liberation Serif" w:eastAsia="Liberation Serif" w:hAnsi="Liberation Serif"/>
           <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
     <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000070">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="140" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+          <w:i w:val="0"/>
+          <w:iCs w:val="0"/>
+          <w:smallCaps w:val="0"/>
+          <w:strike w:val="0"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="26"/>
+          <w:szCs w:val="26"/>
+          <w:u w:val="none"/>
+          <w:shd w:fill="auto" w:val="clear"/>
+          <w:vertAlign w:val="baseline"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000071">
+      <w:pPr>
+        <w:keepNext w:val="0"/>
+        <w:keepLines w:val="0"/>
+        <w:pageBreakBefore w:val="0"/>
+        <w:widowControl w:val="1"/>
+        <w:pBdr>
+          <w:top w:space="0" w:sz="0" w:val="nil"/>
+          <w:left w:space="0" w:sz="0" w:val="nil"/>
+          <w:bottom w:space="0" w:sz="0" w:val="nil"/>
+          <w:right w:space="0" w:sz="0" w:val="nil"/>
+          <w:between w:space="0" w:sz="0" w:val="nil"/>
+        </w:pBdr>
+        <w:shd w:fill="auto" w:val="clear"/>
+        <w:spacing w:after="140" w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0" w:firstLine="0"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
+          <w:b w:val="1"/>
+          <w:bCs w:val="1"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
+        <w:rPr>
+          <w:rtl w:val="0"/>
+        </w:rPr>
+      </w:r>
+    </w:p>
+    <w:p w:rsidR="00000000" w:rsidDel="00000000" w:rsidP="00000000" w:rsidRDefault="00000000" w:rsidRPr="00000000" w14:paraId="00000072">
       <w:pPr>
         <w:keepNext w:val="0"/>
         <w:keepLines w:val="0"/>
         <w:pageBreakBefore w:val="0"/>
         <w:widowControl w:val="1"/>
         <w:pBdr>
           <w:top w:space="0" w:sz="0" w:val="nil"/>
           <w:left w:space="0" w:sz="0" w:val="nil"/>
           <w:bottom w:space="0" w:sz="0" w:val="nil"/>
           <w:right w:space="0" w:sz="0" w:val="nil"/>
           <w:between w:space="0" w:sz="0" w:val="nil"/>
         </w:pBdr>
         <w:shd w:fill="auto" w:val="clear"/>
         <w:spacing w:after="140" w:before="0" w:line="276" w:lineRule="auto"/>
         <w:ind w:left="720" w:right="0" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:cs="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidDel="00000000" w:rsidR="00000000" w:rsidRPr="00000000">
         <w:rPr>
           <w:rtl w:val="0"/>
         </w:rPr>
       </w:r>
     </w:p>
@@ -5963,146 +4884,153 @@
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Normal" w:default="1">
     <w:name w:val="normal"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="36"/>
       <w:szCs w:val="36"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="280" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading4">
     <w:name w:val="heading 4"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="240" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading5">
     <w:name w:val="heading 5"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="220" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="22"/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="40" w:before="200" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Title">
     <w:name w:val="Title"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="120" w:before="480" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:b w:val="1"/>
+      <w:bCs w:val="1"/>
       <w:sz w:val="72"/>
       <w:szCs w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo">
     <w:name w:val="Título"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Corpodotexto"/>
     <w:qFormat w:val="1"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:spacing w:after="120" w:before="240"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Liberation Sans" w:cs="Arial" w:eastAsia="Microsoft YaHei" w:hAnsi="Liberation Sans"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Corpodotexto">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:spacing w:after="140" w:before="0" w:line="276" w:lineRule="auto"/>
     </w:pPr>
@@ -6187,50 +5115,51 @@
   </w:style>
   <w:style w:type="table" w:styleId="TableNormal" w:default="1">
     <w:name w:val="TableNormal"/>
     <w:tblPr>
       <w:tblCellMar>
         <w:top w:w="100.0" w:type="dxa"/>
         <w:left w:w="100.0" w:type="dxa"/>
         <w:bottom w:w="100.0" w:type="dxa"/>
         <w:right w:w="100.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Subtitle">
     <w:name w:val="Subtitle"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:pPr>
       <w:keepNext w:val="1"/>
       <w:keepLines w:val="1"/>
       <w:pageBreakBefore w:val="0"/>
       <w:spacing w:after="80" w:before="360" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:cs="Georgia" w:eastAsia="Georgia" w:hAnsi="Georgia"/>
       <w:i w:val="1"/>
+      <w:iCs w:val="1"/>
       <w:color w:val="666666"/>
       <w:sz w:val="48"/>
       <w:szCs w:val="48"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table1">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="55.0" w:type="dxa"/>
         <w:left w:w="55.0" w:type="dxa"/>
         <w:bottom w:w="55.0" w:type="dxa"/>
         <w:right w:w="55.0" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="table" w:styleId="Table2">
     <w:basedOn w:val="TableNormal"/>
     <w:tblPr>
       <w:tblStyleRowBandSize w:val="1"/>
       <w:tblStyleColBandSize w:val="1"/>
       <w:tblCellMar>
         <w:top w:w="55.0" w:type="dxa"/>
@@ -6551,41 +5480,41 @@
         <a:lnRef idx="2">
           <a:schemeClr val="accent1"/>
         </a:lnRef>
         <a:fillRef idx="0">
           <a:schemeClr val="accent1"/>
         </a:fillRef>
         <a:effectRef idx="1">
           <a:schemeClr val="accent1"/>
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXML/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXML/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
-  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mihKEob78EQXkfjDSo+0v6yxA479g==">CgMxLjAyD2lkLnpkdjhrYXNhZ2I3ajIPaWQuam1jd3A4M3MwZDc3Mg9pZC5qYnl4eWVlMHI3ZWUyD2lkLjZicW52Ym04Z2k5cTIPaWQubmxpd2o5YjlkMnN6Mg9pZC44cHZsYjlnbDI1ODMyD2lkLnE3Mzkwb2JwdXk5YTIPaWQuMnZkZGZpYzFycXZlMg9pZC54OHFibjljanA0cWIyD2lkLjNrc2cxNG5ob2poZzIPaWQudHJnYnU4Y2R3emJwMg9pZC5kcjJwN3d0eWZ6aWQyD2lkLnlqdWxxdTI2dXE4ZzIPaWQua2hycnM1ZDVlNWM4Mg9pZC5pOGJ1eWdiMGZmMGMyD2lkLmNhYmx2b29oYzU3aTIPaWQuNnVka3dqbmR1ZnFzMg9pZC4yeXU5YmF6Zm5kdWgyD2lkLnl2bWlveWxydGVhOTIPaWQuNzZxb3ljbDU0bnNnMg9pZC4zejhqeHhtMXVrM2UyD2lkLjhsaGQ4ODNneW1yZjIPaWQucHhhbHZrN3UxcGRrMg9pZC5sODUyeDR2eng2dmUyD2lkLnV0b25oZWo4aWFraDgAciExeWgtdlY5SjVxNFd0eF9ZT0stUGs3NXpnMERaVDY2eEk=</go:docsCustomData>
+  <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mhlIxB0Nkl2bacQwPmEJ07WyzFcdw==">CgMxLjAyEGtpeC4zOWFwdHVseW1nZTAyEGtpeC40enNiNGQ5NmN2M3IyEGtpeC52NzV4bHlvczI1Y28yEGtpeC4xdW9uOTQxZ2lxbTUyEGtpeC5ma3o1M2tjd2lxcGIyEGtpeC5nMjFpMmhiZXRhMGsyD2tpeC5jb3Q2c3dmbmxmNTIQa2l4LnRiNWxuajNnZWhtMjIQa2l4LjV2eGExMnlxajJndzIQa2l4LnVmMGZ6Z3V4eTdoeTIQa2l4LmQ4eHJqd2FoOWUwejIQa2l4LjJhamtkZjNwcWk4OTIPaWQuemR2OGthc2FnYjdqMg9pZC5qbWN3cDgzczBkNzcyD2lkLmpieXh5ZWUwcjdlZTIPaWQuNmJxbnZibThnaTlxMg9pZC5ubGl3ajliOWQyc3oyD2lkLjhwdmxiOWdsMjU4MzIPaWQucTczOTBvYnB1eTlhMg9pZC4ydmRkZmljMXJxdmUyD2lkLng4cWJuOWNqcDRxYjIPaWQuM2tzZzE0bmhvamhnMg9pZC50cmdidThjZHd6YnAyEGtpeC40YzQ0eXAxcnJmbTQyEGtpeC40OTV3dW81dnJhOHY4AHIhMXloLXZWOUo1cTRXdHhfWU9LLVBrNzV6ZzBEWlQ2NnhJ</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
 <file path=customXML/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
     <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance"/>
 </file>