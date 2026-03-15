--- v0 (2025-12-26)
+++ v1 (2026-03-15)
@@ -1,30 +1,29 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="jpeg" ContentType="image/jpeg"/>
-  <Default Extension="jpg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
@@ -543,51 +542,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3884613" y="0"/>
             <a:ext cx="2971800" cy="457200"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{A88D2363-EEC8-445B-AFE2-009868D9D5FA}" type="datetimeFigureOut">
               <a:rPr lang="pt-BR" smtClean="0"/>
-              <a:t>26/11/2025</a:t>
+              <a:t>04/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espaço Reservado para Imagem de Slide 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2027238" y="685800"/>
             <a:ext cx="2803525" cy="3429000"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -1126,51 +1125,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="pt-BR"/>
               <a:t>Clique para editar o estilo do subtítulo mestre</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espaço Reservado para Data 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42496F7B-0E22-4B44-9BDB-355534762DB3}" type="datetimeFigureOut">
               <a:rPr lang="pt-BR" smtClean="0"/>
-              <a:t>26/11/2025</a:t>
+              <a:t>04/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espaço Reservado para Rodapé 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1294,51 +1293,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pt-BR"/>
               <a:t>Quinto nível</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espaço Reservado para Data 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42496F7B-0E22-4B44-9BDB-355534762DB3}" type="datetimeFigureOut">
               <a:rPr lang="pt-BR" smtClean="0"/>
-              <a:t>26/11/2025</a:t>
+              <a:t>04/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espaço Reservado para Rodapé 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1472,51 +1471,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pt-BR"/>
               <a:t>Quinto nível</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espaço Reservado para Data 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42496F7B-0E22-4B44-9BDB-355534762DB3}" type="datetimeFigureOut">
               <a:rPr lang="pt-BR" smtClean="0"/>
-              <a:t>26/11/2025</a:t>
+              <a:t>04/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espaço Reservado para Rodapé 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1640,51 +1639,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pt-BR"/>
               <a:t>Quinto nível</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espaço Reservado para Data 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42496F7B-0E22-4B44-9BDB-355534762DB3}" type="datetimeFigureOut">
               <a:rPr lang="pt-BR" smtClean="0"/>
-              <a:t>26/11/2025</a:t>
+              <a:t>04/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espaço Reservado para Rodapé 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -1885,51 +1884,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pt-BR"/>
               <a:t>Clique para editar o texto mestre</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espaço Reservado para Data 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42496F7B-0E22-4B44-9BDB-355534762DB3}" type="datetimeFigureOut">
               <a:rPr lang="pt-BR" smtClean="0"/>
-              <a:t>26/11/2025</a:t>
+              <a:t>04/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espaço Reservado para Rodapé 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2170,51 +2169,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pt-BR"/>
               <a:t>Quinto nível</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espaço Reservado para Data 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42496F7B-0E22-4B44-9BDB-355534762DB3}" type="datetimeFigureOut">
               <a:rPr lang="pt-BR" smtClean="0"/>
-              <a:t>26/11/2025</a:t>
+              <a:t>04/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espaço Reservado para Rodapé 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2594,51 +2593,51 @@
             <a:pPr lvl="4"/>
             <a:r>
               <a:rPr lang="pt-BR"/>
               <a:t>Quinto nível</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="7" name="Espaço Reservado para Data 6"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42496F7B-0E22-4B44-9BDB-355534762DB3}" type="datetimeFigureOut">
               <a:rPr lang="pt-BR" smtClean="0"/>
-              <a:t>26/11/2025</a:t>
+              <a:t>04/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="8" name="Espaço Reservado para Rodapé 7"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2711,51 +2710,51 @@
           <a:p>
             <a:r>
               <a:rPr lang="pt-BR"/>
               <a:t>Clique para editar o título mestre</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espaço Reservado para Data 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42496F7B-0E22-4B44-9BDB-355534762DB3}" type="datetimeFigureOut">
               <a:rPr lang="pt-BR" smtClean="0"/>
-              <a:t>26/11/2025</a:t>
+              <a:t>04/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Espaço Reservado para Rodapé 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -2806,51 +2805,51 @@
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="Espaço Reservado para Data 1"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42496F7B-0E22-4B44-9BDB-355534762DB3}" type="datetimeFigureOut">
               <a:rPr lang="pt-BR" smtClean="0"/>
-              <a:t>26/11/2025</a:t>
+              <a:t>04/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="3" name="Espaço Reservado para Rodapé 2"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3081,51 +3080,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pt-BR"/>
               <a:t>Clique para editar o texto mestre</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espaço Reservado para Data 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42496F7B-0E22-4B44-9BDB-355534762DB3}" type="datetimeFigureOut">
               <a:rPr lang="pt-BR" smtClean="0"/>
-              <a:t>26/11/2025</a:t>
+              <a:t>04/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espaço Reservado para Rodapé 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3333,51 +3332,51 @@
             <a:pPr lvl="0"/>
             <a:r>
               <a:rPr lang="pt-BR"/>
               <a:t>Clique para editar o texto mestre</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espaço Reservado para Data 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="half" idx="10"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:fld id="{42496F7B-0E22-4B44-9BDB-355534762DB3}" type="datetimeFigureOut">
               <a:rPr lang="pt-BR" smtClean="0"/>
-              <a:t>26/11/2025</a:t>
+              <a:t>04/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="6" name="Espaço Reservado para Rodapé 5"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="11"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
@@ -3572,51 +3571,51 @@
         <p:spPr>
           <a:xfrm>
             <a:off x="1619968" y="36703511"/>
             <a:ext cx="7559834" cy="2108344"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="390945" tIns="195473" rIns="390945" bIns="195473" rtlCol="0" anchor="ctr"/>
           <a:lstStyle>
             <a:lvl1pPr algn="l">
               <a:defRPr sz="4619">
                 <a:solidFill>
                   <a:schemeClr val="tx1">
                     <a:tint val="75000"/>
                   </a:schemeClr>
                 </a:solidFill>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{42496F7B-0E22-4B44-9BDB-355534762DB3}" type="datetimeFigureOut">
               <a:rPr lang="pt-BR" smtClean="0"/>
-              <a:t>26/11/2025</a:t>
+              <a:t>04/03/2026</a:t>
             </a:fld>
             <a:endParaRPr lang="pt-BR"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="5" name="Espaço Reservado para Rodapé 4"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="3"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="11069757" y="36703511"/>
             <a:ext cx="10259775" cy="2108344"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -3931,51 +3930,51 @@
         <a:defRPr sz="6929" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl8pPr>
       <a:lvl9pPr marL="14070030" algn="l" defTabSz="3517507" rtl="0" eaLnBrk="1" latinLnBrk="0" hangingPunct="1">
         <a:defRPr sz="6929" kern="1200">
           <a:solidFill>
             <a:schemeClr val="tx1"/>
           </a:solidFill>
           <a:latin typeface="+mn-lt"/>
           <a:ea typeface="+mn-ea"/>
           <a:cs typeface="+mn-cs"/>
         </a:defRPr>
       </a:lvl9pPr>
     </p:otherStyle>
   </p:txStyles>
 </p:sldMaster>
 </file>
 
 <file path=ppt/slides/_rels/slide1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image9.jpg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image8.jpg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.jpeg"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image5.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image4.jpeg"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image3.jpeg"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image2.jpeg"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/slide1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgPr>
         <a:gradFill flip="none" rotWithShape="1">
           <a:gsLst>
             <a:gs pos="98000">
               <a:schemeClr val="bg1"/>
             </a:gs>
             <a:gs pos="69000">
               <a:schemeClr val="bg1"/>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="1"/>
           <a:tileRect/>
         </a:gradFill>
         <a:effectLst/>
       </p:bgPr>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
@@ -4512,230 +4511,164 @@
                 <a:spcPts val="1080"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="1080"/>
               </a:spcAft>
             </a:pPr>
             <a:endParaRPr lang="pt-BR" sz="3300" b="1" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="26" name="CaixaDeTexto 25"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="5636125" y="35863792"/>
-            <a:ext cx="24163995" cy="3215484"/>
+            <a:ext cx="24163995" cy="2169043"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="75425" tIns="37713" rIns="75425" bIns="37713" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr algn="just">
               <a:tabLst>
                 <a:tab pos="481330" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr lang="pt-BR" sz="3400" baseline="30000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>1</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pt-BR" sz="3400" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="FF0000"/>
+                </a:solidFill>
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Doutorando,</a:t>
+              <a:t>Legenda com as informações dos autores. </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr algn="just">
+              <a:tabLst>
+                <a:tab pos="481330" algn="l"/>
+              </a:tabLst>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="pt-BR" sz="3400" dirty="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Ex.: D</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="pt-BR" sz="3400" dirty="0">
+                <a:effectLst/>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>outorando,</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pt-BR" sz="3400" baseline="30000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pt-BR" sz="3400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>bolsista CAPES, PPGCTA, campus Erechim, </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pt-PT" sz="3400" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>UFFS (Universidade Federal da Fronteira Sul. E-mail: vanderlei.smaniotto@uffs.edu.br. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr algn="just">
               <a:tabLst>
                 <a:tab pos="481330" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr lang="pt-PT" sz="3400" baseline="30000" dirty="0">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>2</a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="pt-PT" sz="3400" dirty="0">
+              <a:rPr lang="pt-BR" sz="3400" dirty="0" err="1">
                 <a:effectLst/>
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>Bolsista de IC, CNPq/UFFS, campus Chapecó, UFFS. </a:t>
-[...92 lines deleted...]
-              <a:t>Prof. Agronomia/PPGCTA, Chapecó/Erechim, UFFS.</a:t>
+              <a:t>xxxxxxxx</a:t>
             </a:r>
             <a:endParaRPr lang="pt-BR" sz="3400" dirty="0">
               <a:effectLst/>
               <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               <a:ea typeface="Times New Roman" panose="02020603050405020304" pitchFamily="18" charset="0"/>
               <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:cxnSp>
         <p:nvCxnSpPr>
           <p:cNvPr id="28" name="Conector reto 27"/>
           <p:cNvCxnSpPr/>
           <p:nvPr/>
         </p:nvCxnSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="2891349" y="35497838"/>
             <a:ext cx="21251552" cy="105868"/>
           </a:xfrm>
           <a:prstGeom prst="line">
             <a:avLst/>
           </a:prstGeom>
           <a:ln w="88900" cmpd="sng">
@@ -4827,102 +4760,88 @@
                 </a:solidFill>
                 <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>OBJETIVO</a:t>
             </a:r>
             <a:endParaRPr lang="pt-BR" sz="3630" baseline="30000" dirty="0">
               <a:solidFill>
                 <a:schemeClr val="tx1"/>
               </a:solidFill>
               <a:latin typeface="Arial" pitchFamily="34" charset="0"/>
               <a:cs typeface="Arial" pitchFamily="34" charset="0"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="32" name="CaixaDeTexto 31"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1438005" y="17635635"/>
-            <a:ext cx="14228058" cy="6231694"/>
+            <a:ext cx="14228058" cy="1922822"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="75425" tIns="37713" rIns="75425" bIns="37713" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr indent="817095" algn="just">
               <a:tabLst>
                 <a:tab pos="1125647" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr lang="pt-BR" sz="4000" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>O experimento foi conduzido na área experimental da Universidade Federal da Fronteira Sul, em um pomar implantado no ano de 2014, com espaçamento de 1,5 X 3,0 metros. As avaliações ocorreram durante o ano agrícola de 2016/2017, segundo ano produtivo das plantas. </a:t>
+              <a:t>Usar fonte Arial tamanho 40</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr indent="817095" algn="just">
               <a:tabLst>
                 <a:tab pos="1125647" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
               <a:rPr lang="pt-BR" sz="4000" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t>O delineamento experimental utilizado foi inteiramente </a:t>
-[...13 lines deleted...]
-              <a:t>, com cinco tratamentos e cinco repetições. As podas avaliadas foram poda drástica de inverno (zero), uma, duas e três hastes produtivas, as quais foram realizadas ao fim do inverno do ano de 2016.</a:t>
+              <a:t>E se necessário figuras com a respectiva legenda (fonte Arial e tamanho 32) conforme exemplo.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="2" name="CaixaDeTexto 1"/>
           <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="16598868" y="29809206"/>
             <a:ext cx="13184741" cy="691716"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square" lIns="75425" tIns="37713" rIns="75425" bIns="37713" rtlCol="0">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
@@ -6801,149 +6720,119 @@
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Letras distintas na coluna, diferem entre si pelo teste de </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pt-BR" sz="3200" dirty="0" err="1">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>Tukey</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="pt-BR" sz="3200" dirty="0">
                 <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
                 <a:ea typeface="Calibri" panose="020F0502020204030204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t> a 5% de significância.</a:t>
             </a:r>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:pic>
         <p:nvPicPr>
-          <p:cNvPr id="50" name="Imagem 20">
+          <p:cNvPr id="7" name="Imagem 6">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{2E4963F9-9F82-327C-7F90-38E6220D4994}"/>
-[...28 lines deleted...]
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{B4E447F8-2015-4686-B0B3-159631A84AA7}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{85DE0711-96D8-46D7-82B9-AF0921EEF75C}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
           <p:cNvPicPr>
             <a:picLocks noChangeAspect="1"/>
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
-          <a:blip r:embed="rId10">
-[...5 lines deleted...]
-          </a:blip>
+          <a:blip r:embed="rId9"/>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1822230" y="35753544"/>
-            <a:ext cx="2663819" cy="2707275"/>
+            <a:off x="1996078" y="774381"/>
+            <a:ext cx="9883086" cy="3255961"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
-      <p:pic>
-[...1 lines deleted...]
-          <p:cNvPr id="6" name="Imagem 5">
+      <p:sp>
+        <p:nvSpPr>
+          <p:cNvPr id="8" name="CaixaDeTexto 7">
             <a:extLst>
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD95B82C-856A-45F6-B88A-13AAB4BAE1AF}"/>
+                <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{12E2B9A3-2CFE-4B17-A5F3-46ED5F441DF9}"/>
               </a:ext>
             </a:extLst>
           </p:cNvPr>
-          <p:cNvPicPr>
-[...1 lines deleted...]
-          </p:cNvPicPr>
+          <p:cNvSpPr txBox="1"/>
           <p:nvPr/>
-        </p:nvPicPr>
-[...11 lines deleted...]
-        </p:blipFill>
+        </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="1942060" y="405107"/>
-            <a:ext cx="11152801" cy="3598020"/>
+            <a:off x="20736148" y="774381"/>
+            <a:ext cx="9525757" cy="2708434"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:schemeClr val="tx1"/>
+            </a:solidFill>
+          </a:ln>
         </p:spPr>
-      </p:pic>
+        <p:txBody>
+          <a:bodyPr wrap="square" rtlCol="0">
+            <a:spAutoFit/>
+          </a:bodyPr>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr algn="ctr"/>
+            <a:r>
+              <a:rPr lang="pt-BR" dirty="0"/>
+              <a:t>Logo Institucional, caso tenha</a:t>
+            </a:r>
+          </a:p>
+        </p:txBody>
+      </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3927994435"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
 </p:sld>
 </file>
 
 <file path=ppt/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema do Office">
   <a:themeElements>
     <a:clrScheme name="Escritório">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
@@ -7486,54 +7375,54 @@
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <TotalTime></TotalTime>
-  <Words>486</Words>
+  <Words>385</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Personalizar</PresentationFormat>
-  <Paragraphs>51</Paragraphs>
+  <Paragraphs>50</Paragraphs>
   <Slides>1</Slides>
   <Notes>1</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="6" baseType="variant">
       <vt:variant>
         <vt:lpstr>Fontes usadas</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Tema</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Títulos de slides</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>