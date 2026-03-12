--- v0 (2025-12-24)
+++ v1 (2026-03-12)
@@ -85,216 +85,164 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Vanderlei Smaniotto</w:t>
       </w:r>
       <w:r w:rsidRPr="00F06D21">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00CF63A9" w:rsidRPr="00F06D21">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06D21">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Moisés de </w:t>
+      </w:r>
+      <w:r w:rsidR="00CF63A9" w:rsidRPr="00F06D21">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F06D21">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Barbosa</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF63A9" w:rsidRPr="00F06D21">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>2</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF63A9" w:rsidRPr="00F06D21">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">; </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6B0C" w:rsidRPr="00F06D21">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Caroline </w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6B0C" w:rsidRPr="00F06D21">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>S</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF63A9" w:rsidRPr="00F06D21">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF6B0C" w:rsidRPr="00F06D21">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Freitas</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF63A9" w:rsidRPr="00F06D21">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:vertAlign w:val="superscript"/>
+        </w:rPr>
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="00CF63A9" w:rsidRPr="00F06D21">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>;</w:t>
       </w:r>
+      <w:r w:rsidR="00BF6B0C" w:rsidRPr="00F06D21">
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="00CF63A9" w:rsidRPr="00F06D21">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-          <w:lang w:val="pt-BR"/>
-[...157 lines deleted...]
-        <w:t xml:space="preserve"> Rech</w:t>
+        </w:rPr>
+        <w:t>Thiago V. Rech</w:t>
       </w:r>
       <w:r w:rsidR="00CF63A9" w:rsidRPr="00F06D21">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
       <w:r w:rsidR="00CF63A9" w:rsidRPr="00F06D21">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:r w:rsidR="00BF6B0C" w:rsidRPr="00F06D21">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
@@ -343,69 +291,51 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Clevison</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="00F06D21">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00CF63A9" w:rsidRPr="00F06D21">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
-        <w:t>L</w:t>
-[...17 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve">L. </w:t>
       </w:r>
       <w:r w:rsidRPr="00F06D21">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>Giacobbo</w:t>
       </w:r>
       <w:r w:rsidR="00CF63A9" w:rsidRPr="00F06D21">
         <w:rPr>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>5</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="38121AA7" w14:textId="1B8AE666" w:rsidR="00535092" w:rsidRPr="00F06D21" w:rsidRDefault="004347B6" w:rsidP="00E71D08">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="758"/>
@@ -1246,58 +1176,51 @@
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>-1</w:t>
       </w:r>
       <w:r w:rsidR="00AE583C" w:rsidRPr="00F06D21">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, os quais apresentaram 67%, 72% e 71%. Importa talvez pontuar que o tratamento com 800 mg mg/L</w:t>
       </w:r>
       <w:r w:rsidR="00AE583C" w:rsidRPr="00F06D21">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>-1</w:t>
       </w:r>
       <w:r w:rsidR="00AE583C" w:rsidRPr="00F06D21">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> possa ter apresentado menor taxa de germinação em relação aos demais </w:t>
-[...6 lines deleted...]
-        <w:t>tratamentos com GA</w:t>
+        <w:t xml:space="preserve"> possa ter apresentado menor taxa de germinação em relação aos demais tratamentos com GA</w:t>
       </w:r>
       <w:r w:rsidR="00AE583C" w:rsidRPr="00F06D21">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t xml:space="preserve">3 </w:t>
       </w:r>
       <w:r w:rsidR="00AE583C" w:rsidRPr="00F06D21">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>por algum fator alheio aos tratamentos, tendo em vista que todos os tratamentos com GA</w:t>
       </w:r>
       <w:r w:rsidR="00AE583C" w:rsidRPr="00F06D21">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:vertAlign w:val="subscript"/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
       <w:r w:rsidR="00AE583C" w:rsidRPr="00F06D21">
@@ -1371,221 +1294,179 @@
           <w:iCs/>
         </w:rPr>
         <w:t>Eugenia uniflora,</w:t>
       </w:r>
       <w:r w:rsidR="00C43127" w:rsidRPr="00AF52BB">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t xml:space="preserve"> propagação de plantas</w:t>
       </w:r>
       <w:r w:rsidRPr="00AF52BB">
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12860891" w14:textId="079E9E85" w:rsidR="00F06D21" w:rsidRPr="00AF52BB" w:rsidRDefault="00F06D21" w:rsidP="00F06D21">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6B341C05" w14:textId="0E59E842" w:rsidR="000A7411" w:rsidRPr="00AF52BB" w:rsidRDefault="000A7411" w:rsidP="00F06D21">
+    <w:p w14:paraId="77D54275" w14:textId="514943E3" w:rsidR="000A7411" w:rsidRPr="00AC1AC7" w:rsidRDefault="00F06D21" w:rsidP="000A7411">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
+          <w:bCs/>
+          <w:color w:val="FF0000"/>
           <w:lang w:val="pt-BR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AF52BB">
+      <w:r w:rsidRPr="00AC1AC7">
         <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...10 lines deleted...]
-      <w:r w:rsidRPr="00AF52BB">
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>Apoio:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC1AC7">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AF52BB">
-[...27 lines deleted...]
-        <w:t>D</w:t>
+      <w:r w:rsidR="00AC1AC7" w:rsidRPr="00AC1AC7">
+        <w:rPr>
+          <w:color w:val="FF0000"/>
+          <w:lang w:val="pt-BR"/>
+        </w:rPr>
+        <w:t>quando for o caso</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77D54275" w14:textId="0C53F0CE" w:rsidR="000A7411" w:rsidRPr="00AF52BB" w:rsidRDefault="00F06D21" w:rsidP="000A7411">
-[...21 lines deleted...]
-    <w:sectPr w:rsidR="000A7411" w:rsidRPr="00AF52BB" w:rsidSect="000A7411">
+    <w:sectPr w:rsidR="000A7411" w:rsidRPr="00AC1AC7" w:rsidSect="000A7411">
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="11910" w:h="16840"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="11" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5DF8C1E0" w14:textId="77777777" w:rsidR="005F6942" w:rsidRDefault="005F6942" w:rsidP="00550900">
+    <w:p w14:paraId="4F51A600" w14:textId="77777777" w:rsidR="00312E7B" w:rsidRDefault="00312E7B" w:rsidP="00550900">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="5012EFF3" w14:textId="77777777" w:rsidR="005F6942" w:rsidRDefault="005F6942" w:rsidP="00550900">
+    <w:p w14:paraId="3E4A2534" w14:textId="77777777" w:rsidR="00312E7B" w:rsidRDefault="00312E7B" w:rsidP="00550900">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
-    <w:charset w:val="CC"/>
+    <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId1" w:fontKey="{69929738-EEA5-432B-8DC2-282843062B72}"/>
-    <w:embedItalic r:id="rId2" w:fontKey="{4EB6ACE8-120C-4865-9429-D9DDE04E4BE6}"/>
+    <w:embedRegular r:id="rId1" w:fontKey="{46D8A87D-4C62-4F29-8F33-8D716CAEF843}"/>
+    <w:embedItalic r:id="rId2" w:fontKey="{75494624-0373-4CE7-BE56-F3FA1C987158}"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId3" w:fontKey="{BFF9E5BE-7F24-4AE0-9972-F68931B98064}"/>
+    <w:embedRegular r:id="rId3" w:fontKey="{B8D0B1A1-8F0A-483F-960F-B1D7E9C9E78E}"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E0002AFF" w:usb1="4000ACFF" w:usb2="00000001" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-    <w:embedRegular r:id="rId4" w:fontKey="{E99D3272-1119-4B23-B61C-9462BBDA21A9}"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:embedRegular r:id="rId4" w:fontKey="{C88DD510-97C4-4E4B-99EE-5706A804B437}"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="626B78A1" w14:textId="77777777" w:rsidR="005F6942" w:rsidRDefault="005F6942" w:rsidP="00550900">
+    <w:p w14:paraId="6BF78200" w14:textId="77777777" w:rsidR="00312E7B" w:rsidRDefault="00312E7B" w:rsidP="00550900">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1FA25862" w14:textId="77777777" w:rsidR="005F6942" w:rsidRDefault="005F6942" w:rsidP="00550900">
+    <w:p w14:paraId="576DD90E" w14:textId="77777777" w:rsidR="00312E7B" w:rsidRDefault="00312E7B" w:rsidP="00550900">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1F6DB9A5" w14:textId="2C0B5707" w:rsidR="00CD1936" w:rsidRDefault="00E24891" w:rsidP="00595F6F">
     <w:pPr>
       <w:pStyle w:val="Cabealho"/>
     </w:pPr>
     <w:r w:rsidRPr="00E24891">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2822E267" wp14:editId="12DC734F">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>1371600</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>122555</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2971800" cy="863600"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapNone/>
           <wp:docPr id="6" name="Imagem 5">
             <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
                 <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AD95B82C-856A-45F6-B88A-13AAB4BAE1AF}"/>
               </a:ext>
             </a:extLst>
           </wp:docPr>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
@@ -1871,111 +1752,114 @@
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2049"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00DB7595"/>
     <w:rsid w:val="0000520C"/>
     <w:rsid w:val="00020335"/>
     <w:rsid w:val="000A7411"/>
+    <w:rsid w:val="000B49C3"/>
     <w:rsid w:val="000D120E"/>
     <w:rsid w:val="000F6E7C"/>
     <w:rsid w:val="001039D6"/>
     <w:rsid w:val="00196591"/>
     <w:rsid w:val="00197FDC"/>
     <w:rsid w:val="001A3E4C"/>
     <w:rsid w:val="00212E34"/>
     <w:rsid w:val="002476A7"/>
     <w:rsid w:val="00252500"/>
     <w:rsid w:val="002A3183"/>
     <w:rsid w:val="002A3667"/>
     <w:rsid w:val="002C3C33"/>
     <w:rsid w:val="002E05F8"/>
     <w:rsid w:val="002E6285"/>
     <w:rsid w:val="002F55EF"/>
+    <w:rsid w:val="00312E7B"/>
     <w:rsid w:val="003201C4"/>
     <w:rsid w:val="00353DC8"/>
     <w:rsid w:val="003D5814"/>
     <w:rsid w:val="003F599B"/>
     <w:rsid w:val="00413459"/>
     <w:rsid w:val="00426DFD"/>
     <w:rsid w:val="004305D7"/>
     <w:rsid w:val="004347B6"/>
     <w:rsid w:val="004365B8"/>
     <w:rsid w:val="004512B6"/>
     <w:rsid w:val="00491661"/>
     <w:rsid w:val="005063E9"/>
     <w:rsid w:val="00535092"/>
     <w:rsid w:val="00550900"/>
     <w:rsid w:val="00580187"/>
     <w:rsid w:val="00595F6F"/>
     <w:rsid w:val="005A4000"/>
     <w:rsid w:val="005F6942"/>
     <w:rsid w:val="006004F5"/>
     <w:rsid w:val="00645F63"/>
     <w:rsid w:val="00651C67"/>
     <w:rsid w:val="0066719F"/>
     <w:rsid w:val="00683461"/>
     <w:rsid w:val="006A3E9E"/>
     <w:rsid w:val="006C7D60"/>
     <w:rsid w:val="006D1252"/>
     <w:rsid w:val="006E611F"/>
     <w:rsid w:val="007130DB"/>
     <w:rsid w:val="00750F2B"/>
     <w:rsid w:val="007E09D6"/>
     <w:rsid w:val="00825D94"/>
     <w:rsid w:val="00875779"/>
     <w:rsid w:val="0090266D"/>
     <w:rsid w:val="00904A7E"/>
     <w:rsid w:val="00922174"/>
     <w:rsid w:val="00935253"/>
     <w:rsid w:val="009558FC"/>
     <w:rsid w:val="00986D6E"/>
     <w:rsid w:val="009A5070"/>
     <w:rsid w:val="009F1BB3"/>
     <w:rsid w:val="009F31B6"/>
     <w:rsid w:val="00A009E6"/>
     <w:rsid w:val="00A10702"/>
     <w:rsid w:val="00A149A3"/>
     <w:rsid w:val="00A653B5"/>
     <w:rsid w:val="00A976A2"/>
+    <w:rsid w:val="00AC1AC7"/>
     <w:rsid w:val="00AE256E"/>
     <w:rsid w:val="00AE583C"/>
     <w:rsid w:val="00AF52BB"/>
     <w:rsid w:val="00B03F03"/>
     <w:rsid w:val="00B10FAE"/>
     <w:rsid w:val="00B24D7C"/>
     <w:rsid w:val="00B86686"/>
     <w:rsid w:val="00B92969"/>
     <w:rsid w:val="00BC175F"/>
     <w:rsid w:val="00BF261E"/>
     <w:rsid w:val="00BF6B0C"/>
     <w:rsid w:val="00C31F7B"/>
     <w:rsid w:val="00C37E3F"/>
     <w:rsid w:val="00C43127"/>
     <w:rsid w:val="00C83DB3"/>
     <w:rsid w:val="00C938F8"/>
     <w:rsid w:val="00CB6BE5"/>
     <w:rsid w:val="00CD1936"/>
     <w:rsid w:val="00CF63A9"/>
     <w:rsid w:val="00D133FC"/>
     <w:rsid w:val="00D30E08"/>
     <w:rsid w:val="00DA2247"/>
     <w:rsid w:val="00DA3DBA"/>
     <w:rsid w:val="00DB7595"/>
     <w:rsid w:val="00DC267E"/>
@@ -2524,50 +2408,51 @@
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Ttulo6">
     <w:name w:val="heading 6"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="9"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:keepLines/>
       <w:spacing w:before="200" w:after="40"/>
       <w:outlineLvl w:val="5"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fontepargpadro">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
+    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tabelanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Semlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableNormal">
     <w:name w:val="Table Normal"/>
@@ -3426,106 +3311,106 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <go:gDocsCustomXmlDataStorage xmlns:go="http://customooxmlschemas.google.com/" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" uri="GoogleDocsCustomDataVersion2">
   <go:docsCustomData xmlns:go="http://customooxmlschemas.google.com/" roundtripDataSignature="AMtx7mh4F9vEBLoBbKnMjFInKOCVmK5Okg==">CgMxLjA4AGouChRzdWdnZXN0LmI5eG1vcGhpc3RldhIWTWFyY2VsYSBBbHZhcmVzIE1hY2llbHIhMTVqTlFkVWo5Mno0MW9uWjFMeWN6dFlRRWYtQ3BtNDlN</go:docsCustomData>
 </go:gDocsCustomXmlDataStorage>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...2 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0F7F184-F735-4F5C-A389-BCCA003C77D3}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B0F7F184-F735-4F5C-A389-BCCA003C77D3}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{11111111-1234-1234-1234-123412341234}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+    <ds:schemaRef ds:uri="http://customooxmlschemas.google.com/"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/relationships"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>534</Words>
-  <Characters>2889</Characters>
+  <Words>532</Words>
+  <Characters>2878</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>24</Lines>
+  <Lines>23</Lines>
   <Paragraphs>6</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3417</CharactersWithSpaces>
+  <CharactersWithSpaces>3404</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Amanda Barbosa Carvalho</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Created">
     <vt:filetime>2023-09-22T00:00:00Z</vt:filetime>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Creator">
     <vt:lpwstr>Writer</vt:lpwstr>
   </property>